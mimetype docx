--- v0 (2025-10-06)
+++ v1 (2026-01-28)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="120A856A" w14:textId="2F0CC1FC" w:rsidR="00A51C88" w:rsidRDefault="00364BEC" w:rsidP="00A51C88">
       <w:pPr>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk126234572"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="177AB6B8" wp14:editId="59C05FF9">
             <wp:extent cx="2436125" cy="604970"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="2" name="Imagen 2"/>
@@ -301,67 +301,57 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D6DE6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Keywords: </w:t>
       </w:r>
       <w:r w:rsidRPr="004D6DE6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">should be presented in Spanish and English. Include four to five words from the </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00EB6037">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>Unesco</w:t>
-[...8 lines deleted...]
-          <w:t xml:space="preserve"> thesaurus</w:t>
+          <w:t>Unesco thesaurus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D6DE6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, preferably not contained in the title. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6037">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>They should be ordered alphabetically.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C15499" w14:textId="77777777" w:rsidR="00EB6037" w:rsidRPr="00EB6037" w:rsidRDefault="00EB6037" w:rsidP="00182FCF">
       <w:pPr>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-US"/>
@@ -616,50 +606,51 @@
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2297884D" w14:textId="27A27610" w:rsidR="00750618" w:rsidRPr="00390912" w:rsidRDefault="00390912" w:rsidP="00390912">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00390912">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>This section elaborates on the reflective, critical, and analytical (re)construction of the research findings and raises possible trends for future research. The authors should avoid quotations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E98163C" w14:textId="77777777" w:rsidR="00390912" w:rsidRDefault="00390912" w:rsidP="00390912">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="347BDC3F" w14:textId="77777777" w:rsidR="00716E9E" w:rsidRPr="00716E9E" w:rsidRDefault="00716E9E" w:rsidP="00716E9E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -715,102 +706,104 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FE2897E" w14:textId="77777777" w:rsidR="000D762D" w:rsidRPr="000D762D" w:rsidRDefault="000D762D" w:rsidP="000D762D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D762D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FINANCING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC37AFC" w14:textId="0085D2B1" w:rsidR="009737DD" w:rsidRPr="000D762D" w:rsidRDefault="000D762D" w:rsidP="000D762D">
-      <w:pPr>
+    <w:p w14:paraId="1CC37AFC" w14:textId="0085D2B1" w:rsidR="009737DD" w:rsidRPr="000D762D" w:rsidRDefault="000D762D" w:rsidP="005E6A58">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D762D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>State the source of funding; otherwise, state “None” or “The authors did not receive funding for the development of this research.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F081C1" w14:textId="77777777" w:rsidR="000D762D" w:rsidRPr="000D762D" w:rsidRDefault="000D762D" w:rsidP="000D762D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F0575B0" w14:textId="77777777" w:rsidR="000D762D" w:rsidRPr="000D762D" w:rsidRDefault="000D762D" w:rsidP="000D762D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D762D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>DECLARATION OF CONFLICT OF INTEREST</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21161D5F" w14:textId="77F4BCB0" w:rsidR="009737DD" w:rsidRDefault="000D762D" w:rsidP="000D762D">
-      <w:pPr>
+    <w:p w14:paraId="21161D5F" w14:textId="77F4BCB0" w:rsidR="009737DD" w:rsidRDefault="000D762D" w:rsidP="005E6A58">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D762D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Declare potential conflicts of interest; otherwise, declare “None” or “The authors declare no conflict of interest.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F79BCF" w14:textId="77777777" w:rsidR="000D762D" w:rsidRPr="000D762D" w:rsidRDefault="000D762D" w:rsidP="000D762D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -833,714 +826,555 @@
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ACKNOWLEDGMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3524B763" w14:textId="0CE599E0" w:rsidR="009737DD" w:rsidRDefault="00750B14" w:rsidP="00750B14">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750B14">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The authors' support (financial, technical, equipment, among others) in preparing the article can be acknowledged.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4CEF94" w14:textId="77777777" w:rsidR="00750B14" w:rsidRPr="00750B14" w:rsidRDefault="00750B14" w:rsidP="00750B14">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="1934655C" w14:textId="77777777" w:rsidR="005E6A58" w:rsidRDefault="005E6A58" w:rsidP="00750B14">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2C7DA5" w14:textId="77777777" w:rsidR="005E6A58" w:rsidRPr="005E6A58" w:rsidRDefault="005E6A58" w:rsidP="005E6A58">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E6A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DECLARATION OF USE OF ARTIFICIAL INTELLIGENCE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4CEF94" w14:textId="5EDD1F19" w:rsidR="00750B14" w:rsidRDefault="005E6A58" w:rsidP="005E6A58">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E6A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Declare the use of Artificial Intelligence tools in accordance with the journal's policy; otherwise, declare “No AI was used in the development of the article.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432AFFB3" w14:textId="77777777" w:rsidR="005E6A58" w:rsidRPr="005E6A58" w:rsidRDefault="005E6A58" w:rsidP="005E6A58">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00F13DC6" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0000742B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>AUTHORSHIP CONTRIBUTION:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41DB906C" w14:textId="2BB383AC" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+    <w:p w14:paraId="41DB906C" w14:textId="4A07B588" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-      </w:r>
+        <w:t>1. Conceptualization: xxxxxx Names of authors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F40619E" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Conceptualization: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>2. Data curation: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03EDBC4D" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>xxxxxx</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>3. Formal analysis: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525D778A" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Names of authors 2.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F40619E" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+        <w:t>4. Acquisition of funds: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66BFD15B" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Data curation: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>5. Research: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CF834C" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>xxxxxx</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="03EDBC4D" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+        <w:t>6. Methodology: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EECE263" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Formal analysis: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>7. Project administration: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B5B966" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>xxxxxx</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="525D778A" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+        <w:t>8. Resources: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569631D4" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Acquisition of funds: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>9. Software: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B027F90" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>xxxxxx</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="66BFD15B" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+        <w:t>10. Supervision: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E48BAF" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. Research: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>11. Validation: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FCF8048" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>xxxxxx</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="67CF834C" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+        <w:t>12. Visualization: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76791D79" w14:textId="77777777" w:rsidR="0000742B" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. Methodology: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>13. Drafting - original draft: xxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE35F2F" w14:textId="1F6CAA90" w:rsidR="00300590" w:rsidRPr="0000742B" w:rsidRDefault="0000742B" w:rsidP="0000742B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0000742B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...227 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">14. </w:t>
-[...64 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>14. Writing - proofreading and editing: xxxxxx</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00300590" w:rsidRPr="0000742B" w:rsidSect="00032DEF">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1699" w:right="1440" w:bottom="1699" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65030790" w14:textId="77777777" w:rsidR="00D818D3" w:rsidRDefault="00D818D3">
+    <w:p w14:paraId="5683F196" w14:textId="77777777" w:rsidR="001A5E4D" w:rsidRDefault="001A5E4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59068CBC" w14:textId="77777777" w:rsidR="00D818D3" w:rsidRDefault="00D818D3">
+    <w:p w14:paraId="5C8FF8AB" w14:textId="77777777" w:rsidR="001A5E4D" w:rsidRDefault="001A5E4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="67BCA14D" w14:textId="6A7099A2" w:rsidR="00307615" w:rsidRDefault="00307615">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4A84FAD0" w14:textId="77777777" w:rsidR="00307615" w:rsidRDefault="00307615">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C475CE1" w14:textId="77777777" w:rsidR="00D818D3" w:rsidRDefault="00D818D3">
+    <w:p w14:paraId="0778A571" w14:textId="77777777" w:rsidR="001A5E4D" w:rsidRDefault="001A5E4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66AA406F" w14:textId="77777777" w:rsidR="00D818D3" w:rsidRDefault="00D818D3">
+    <w:p w14:paraId="6547B60A" w14:textId="77777777" w:rsidR="001A5E4D" w:rsidRDefault="001A5E4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="06908671" w14:textId="54AA946B" w:rsidR="00364BEC" w:rsidRDefault="00364BEC" w:rsidP="00364BEC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="079C294E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D268984"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2826,147 +2660,147 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="944850042">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="646906450">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="206139885">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1784884188">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="829827676">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1563951293">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1908372730">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="297614977">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1512404241">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="589433419">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="438569758">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="520122798">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00307615"/>
     <w:rsid w:val="000009F9"/>
     <w:rsid w:val="00005A95"/>
     <w:rsid w:val="0000742B"/>
     <w:rsid w:val="0000750F"/>
     <w:rsid w:val="00016E31"/>
     <w:rsid w:val="00025EFA"/>
     <w:rsid w:val="00032DEF"/>
     <w:rsid w:val="0004454C"/>
     <w:rsid w:val="00052231"/>
     <w:rsid w:val="0005665E"/>
     <w:rsid w:val="0007663E"/>
     <w:rsid w:val="00086DDF"/>
     <w:rsid w:val="000916D7"/>
     <w:rsid w:val="0009619A"/>
     <w:rsid w:val="000C3ACF"/>
     <w:rsid w:val="000D2553"/>
     <w:rsid w:val="000D762D"/>
     <w:rsid w:val="001043D6"/>
     <w:rsid w:val="0011245D"/>
     <w:rsid w:val="00116104"/>
     <w:rsid w:val="00133E42"/>
     <w:rsid w:val="0013689A"/>
     <w:rsid w:val="00160B6C"/>
     <w:rsid w:val="001610C6"/>
     <w:rsid w:val="00166664"/>
     <w:rsid w:val="00182FCF"/>
     <w:rsid w:val="00185A52"/>
     <w:rsid w:val="001864D2"/>
     <w:rsid w:val="001A01A0"/>
+    <w:rsid w:val="001A5E4D"/>
     <w:rsid w:val="001A68C2"/>
     <w:rsid w:val="001B399D"/>
     <w:rsid w:val="001C175F"/>
     <w:rsid w:val="001C755F"/>
     <w:rsid w:val="001E2D88"/>
     <w:rsid w:val="001F707B"/>
     <w:rsid w:val="00227ADC"/>
     <w:rsid w:val="0023099A"/>
     <w:rsid w:val="00235590"/>
     <w:rsid w:val="00241042"/>
     <w:rsid w:val="002501E8"/>
     <w:rsid w:val="00263F72"/>
     <w:rsid w:val="00266B3B"/>
     <w:rsid w:val="00276061"/>
     <w:rsid w:val="00281922"/>
     <w:rsid w:val="002876E8"/>
     <w:rsid w:val="00295A46"/>
     <w:rsid w:val="002A56D0"/>
     <w:rsid w:val="002A603E"/>
     <w:rsid w:val="002C352F"/>
     <w:rsid w:val="002C4141"/>
     <w:rsid w:val="002C41BD"/>
     <w:rsid w:val="002C6543"/>
     <w:rsid w:val="002C6D53"/>
     <w:rsid w:val="002D678E"/>
@@ -3001,50 +2835,51 @@
     <w:rsid w:val="00446310"/>
     <w:rsid w:val="00457605"/>
     <w:rsid w:val="00465B7A"/>
     <w:rsid w:val="00465F3A"/>
     <w:rsid w:val="00466B58"/>
     <w:rsid w:val="00480298"/>
     <w:rsid w:val="00482575"/>
     <w:rsid w:val="00482890"/>
     <w:rsid w:val="00486C8B"/>
     <w:rsid w:val="00487C48"/>
     <w:rsid w:val="004A507C"/>
     <w:rsid w:val="004D6DE6"/>
     <w:rsid w:val="004F0B36"/>
     <w:rsid w:val="00501167"/>
     <w:rsid w:val="00542DE5"/>
     <w:rsid w:val="00570F61"/>
     <w:rsid w:val="00572814"/>
     <w:rsid w:val="005759E1"/>
     <w:rsid w:val="00577273"/>
     <w:rsid w:val="00586C67"/>
     <w:rsid w:val="00590CBE"/>
     <w:rsid w:val="00595488"/>
     <w:rsid w:val="005A4C34"/>
     <w:rsid w:val="005A743E"/>
     <w:rsid w:val="005B00F6"/>
+    <w:rsid w:val="005E6A58"/>
     <w:rsid w:val="005F18A6"/>
     <w:rsid w:val="0060608E"/>
     <w:rsid w:val="006103D5"/>
     <w:rsid w:val="006117AE"/>
     <w:rsid w:val="00611A35"/>
     <w:rsid w:val="00612A33"/>
     <w:rsid w:val="00614F3F"/>
     <w:rsid w:val="00627024"/>
     <w:rsid w:val="00634190"/>
     <w:rsid w:val="0063438F"/>
     <w:rsid w:val="0063499F"/>
     <w:rsid w:val="00635F50"/>
     <w:rsid w:val="00640B6A"/>
     <w:rsid w:val="00643E84"/>
     <w:rsid w:val="0066031E"/>
     <w:rsid w:val="006647F7"/>
     <w:rsid w:val="00675306"/>
     <w:rsid w:val="00680B5F"/>
     <w:rsid w:val="0068128D"/>
     <w:rsid w:val="00681A3D"/>
     <w:rsid w:val="00685E11"/>
     <w:rsid w:val="006B3A84"/>
     <w:rsid w:val="006B609C"/>
     <w:rsid w:val="006D54F4"/>
     <w:rsid w:val="006E2C44"/>
@@ -3102,50 +2937,51 @@
     <w:rsid w:val="008C4563"/>
     <w:rsid w:val="008E20F9"/>
     <w:rsid w:val="008E22A2"/>
     <w:rsid w:val="008E2FBA"/>
     <w:rsid w:val="008F247D"/>
     <w:rsid w:val="00900CB0"/>
     <w:rsid w:val="009017FA"/>
     <w:rsid w:val="0091703F"/>
     <w:rsid w:val="009268DB"/>
     <w:rsid w:val="009333B8"/>
     <w:rsid w:val="00936A9B"/>
     <w:rsid w:val="00937B23"/>
     <w:rsid w:val="0094258B"/>
     <w:rsid w:val="0094506C"/>
     <w:rsid w:val="00951959"/>
     <w:rsid w:val="00952678"/>
     <w:rsid w:val="00955FAE"/>
     <w:rsid w:val="0096403C"/>
     <w:rsid w:val="00967B40"/>
     <w:rsid w:val="009737DD"/>
     <w:rsid w:val="00981A89"/>
     <w:rsid w:val="00986EBC"/>
     <w:rsid w:val="00994B62"/>
     <w:rsid w:val="009A1A60"/>
     <w:rsid w:val="009A1AC4"/>
+    <w:rsid w:val="009A2564"/>
     <w:rsid w:val="009A7841"/>
     <w:rsid w:val="009C1B6C"/>
     <w:rsid w:val="009C2979"/>
     <w:rsid w:val="009E1E8E"/>
     <w:rsid w:val="009E1EC0"/>
     <w:rsid w:val="00A10C53"/>
     <w:rsid w:val="00A12AF5"/>
     <w:rsid w:val="00A2241A"/>
     <w:rsid w:val="00A40D9E"/>
     <w:rsid w:val="00A50039"/>
     <w:rsid w:val="00A51C88"/>
     <w:rsid w:val="00A60CDC"/>
     <w:rsid w:val="00A70AEF"/>
     <w:rsid w:val="00A715C3"/>
     <w:rsid w:val="00A86ECF"/>
     <w:rsid w:val="00AC0951"/>
     <w:rsid w:val="00AC752E"/>
     <w:rsid w:val="00AD5639"/>
     <w:rsid w:val="00AE5C41"/>
     <w:rsid w:val="00B110DB"/>
     <w:rsid w:val="00B13515"/>
     <w:rsid w:val="00B17C96"/>
     <w:rsid w:val="00B3062B"/>
     <w:rsid w:val="00B317DD"/>
     <w:rsid w:val="00B321CF"/>
@@ -3201,93 +3037,95 @@
     <w:rsid w:val="00DE301A"/>
     <w:rsid w:val="00DE4035"/>
     <w:rsid w:val="00DE6607"/>
     <w:rsid w:val="00E05EA6"/>
     <w:rsid w:val="00E079E6"/>
     <w:rsid w:val="00E15B93"/>
     <w:rsid w:val="00E250B9"/>
     <w:rsid w:val="00E505F5"/>
     <w:rsid w:val="00E625AC"/>
     <w:rsid w:val="00E720D3"/>
     <w:rsid w:val="00E773D3"/>
     <w:rsid w:val="00E86EEA"/>
     <w:rsid w:val="00E91540"/>
     <w:rsid w:val="00E96741"/>
     <w:rsid w:val="00EA276A"/>
     <w:rsid w:val="00EB6037"/>
     <w:rsid w:val="00EC3ED0"/>
     <w:rsid w:val="00EC5F4E"/>
     <w:rsid w:val="00ED0EC7"/>
     <w:rsid w:val="00ED6581"/>
     <w:rsid w:val="00ED798D"/>
     <w:rsid w:val="00EF4A13"/>
     <w:rsid w:val="00EF5382"/>
     <w:rsid w:val="00F10426"/>
     <w:rsid w:val="00F16C91"/>
+    <w:rsid w:val="00F22185"/>
     <w:rsid w:val="00F25ADF"/>
     <w:rsid w:val="00F344BF"/>
     <w:rsid w:val="00F35526"/>
     <w:rsid w:val="00F4698D"/>
     <w:rsid w:val="00F54512"/>
     <w:rsid w:val="00F72D11"/>
     <w:rsid w:val="00F74672"/>
     <w:rsid w:val="00F748D9"/>
     <w:rsid w:val="00F7795F"/>
     <w:rsid w:val="00F77E2B"/>
     <w:rsid w:val="00F8189E"/>
     <w:rsid w:val="00F841D9"/>
+    <w:rsid w:val="00F86A1A"/>
     <w:rsid w:val="00F86ABE"/>
     <w:rsid w:val="00F90F89"/>
     <w:rsid w:val="00F93E6B"/>
     <w:rsid w:val="00F9694F"/>
     <w:rsid w:val="00FB7F1F"/>
     <w:rsid w:val="00FC5A55"/>
     <w:rsid w:val="00FE2165"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6B47758D"/>
   <w15:docId w15:val="{341A2D1C-07BE-4914-9973-08F915C66E3A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-419" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3774,51 +3612,50 @@
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
@@ -4376,50 +4213,76 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1499884311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1623339640">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1998459236">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aeaweb.org/econlit/jelCodes.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vocabularies.unesco.org/browser/thesaurus/es/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -4756,80 +4619,80 @@
           <b:Person>
             <b:First>Mary</b:First>
             <b:Last>Coulter</b:Last>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:RefOrder>1</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8461E1F2-8DC5-4575-B99E-EA8DCF0A01F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>436</Words>
-  <Characters>2486</Characters>
+  <Words>480</Words>
+  <Characters>2644</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2917</CharactersWithSpaces>
+  <CharactersWithSpaces>3118</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>DELL LAPTOP NICKS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ZOTERO_PREF_1">
     <vt:lpwstr>&lt;data data-version="3" zotero-version="5.0.96.3"&gt;&lt;session id="TmyDuthi"/&gt;&lt;style id="http://www.zotero.org/styles/apa" locale="es-MX" hasBibliography="1" bibliographyStyleHasBeenSet="1"/&gt;&lt;prefs&gt;&lt;pref name="fieldType" value="Field"/&gt;&lt;/prefs&gt;&lt;/data&gt;</vt:lpwstr>
   </property>
 </Properties>
 </file>